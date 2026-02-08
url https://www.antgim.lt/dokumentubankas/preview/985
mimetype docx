--- v0 (2025-10-25)
+++ v1 (2026-02-08)
@@ -6,177 +6,217 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="06605A84" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="06605A84" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="00546B00">
       <w:pPr>
-        <w:ind w:firstLine="7230"/>
+        <w:ind w:firstLine="7088"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397D3765" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="397D3765" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="00546B00">
       <w:pPr>
-        <w:ind w:firstLine="7230"/>
+        <w:ind w:firstLine="7088"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="lt-LT"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Vilniaus Antakalnio gimnazijos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C2F56F" w14:textId="0A5FEFA6" w:rsidR="009D6788" w:rsidRPr="009D049D" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="13C2F56F" w14:textId="6F0D020A" w:rsidR="009D6788" w:rsidRPr="00BD6E83" w:rsidRDefault="009D6788" w:rsidP="00546B00">
       <w:pPr>
-        <w:ind w:firstLine="7230"/>
+        <w:ind w:firstLine="7088"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D049D">
+      <w:r w:rsidRPr="00BD6E83">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>direktoriaus 2025 m. kovo 1</w:t>
+        <w:t>direktoriaus 202</w:t>
       </w:r>
-      <w:r w:rsidR="00F33845" w:rsidRPr="009D049D">
+      <w:r w:rsidR="000C6F50" w:rsidRPr="00BD6E83">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="009D049D">
+      <w:r w:rsidRPr="00BD6E83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m.</w:t>
+      </w:r>
+      <w:r w:rsidR="00546B00" w:rsidRPr="00BD6E83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00687C95">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>sausio</w:t>
+      </w:r>
+      <w:r w:rsidR="00546B00" w:rsidRPr="00BD6E83">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BD6E83">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394E71B3" w14:textId="2B66A8B2" w:rsidR="009D6788" w:rsidRPr="009D049D" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="394E71B3" w14:textId="09B5B283" w:rsidR="009D6788" w:rsidRPr="00BD6E83" w:rsidRDefault="009D6788" w:rsidP="00546B00">
       <w:pPr>
-        <w:ind w:firstLine="7230"/>
+        <w:ind w:firstLine="7088"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:strike/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D049D">
+      <w:r w:rsidRPr="00BD6E83">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">įsakymu Nr. </w:t>
+        <w:t>įsakymu Nr.</w:t>
       </w:r>
-      <w:r w:rsidR="00F33845" w:rsidRPr="009D049D">
+      <w:r w:rsidR="00546B00" w:rsidRPr="00BD6E83">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>M-40</w:t>
+        <w:t xml:space="preserve"> M-14</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116CB9B8" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D049D" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F808E65" w14:textId="3AEF00EF" w:rsidR="009D6788" w:rsidRDefault="009D6788" w:rsidP="005A3DCB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
@@ -237,51 +277,51 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>mokinio (-ės) ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="065EB05B" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79A04974" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="79A04974" w14:textId="5131C4C4" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>INDIVIDUALUS UGDYMO PLANAS</w:t>
       </w:r>
@@ -308,52 +348,54 @@
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="3544"/>
-        <w:gridCol w:w="1559"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="779"/>
+        <w:gridCol w:w="780"/>
+        <w:gridCol w:w="779"/>
+        <w:gridCol w:w="780"/>
         <w:gridCol w:w="1139"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="6F885F77" w14:textId="77777777" w:rsidTr="00297315">
         <w:trPr>
           <w:trHeight w:val="187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B03540" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
@@ -362,51 +404,51 @@
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Vidurinio ugdymo dalykų grupės / dalykai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CF7BC0D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
@@ -478,256 +520,368 @@
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5DC338E3" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="256A4298" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="256A4298" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="00BF7470">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="-57" w:right="-57" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>III klasė</w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(36 sav.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78898ACC" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="78898ACC" w14:textId="2BB23E9C" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="00BF7470">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="-57" w:right="-57" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2025-2026 m. m.</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="005C64D2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7470">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="005C64D2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F9E9C2F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="4F9E9C2F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="00BF7470">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="-57" w:right="-57" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>IV klasė</w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(34 sav.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12DA9C75" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="12DA9C75" w14:textId="00FD0F00" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="00BF7470">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="-57" w:right="-57" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
-              <w:t>2026-2027 m. m.</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="005C64D2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF7470">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="005C64D2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> m. m.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="67B0DEC3" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2E5B" w:rsidRPr="009D6788" w14:paraId="75AD43A0" w14:textId="77777777" w:rsidTr="002476F9">
+      <w:tr w:rsidR="001B2E5B" w:rsidRPr="009D6788" w14:paraId="75AD43A0" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A6F1F65" w14:textId="77777777" w:rsidR="001B2E5B" w:rsidRPr="009D6788" w:rsidRDefault="001B2E5B" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -766,91 +920,92 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Lietuvių kalba ir literatūra</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64F6E6E2" w14:textId="77777777" w:rsidR="001B2E5B" w:rsidRPr="009D6788" w:rsidRDefault="001B2E5B" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>A - 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13019475" w14:textId="77777777" w:rsidR="001B2E5B" w:rsidRPr="009D6788" w:rsidRDefault="001B2E5B" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -881,238 +1036,328 @@
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Privaloma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2E5B" w:rsidRPr="009D6788" w14:paraId="61300DAF" w14:textId="77777777" w:rsidTr="00666837">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="61300DAF" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="130857ED" w14:textId="77777777" w:rsidR="001B2E5B" w:rsidRPr="009D6788" w:rsidRDefault="001B2E5B" w:rsidP="009D6788">
+          <w:p w14:paraId="130857ED" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4221C9E2" w14:textId="77777777" w:rsidR="001B2E5B" w:rsidRPr="009D6788" w:rsidRDefault="001B2E5B" w:rsidP="009D6788">
+          <w:p w14:paraId="4221C9E2" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Matematika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D9E6DFA" w14:textId="77777777" w:rsidR="001B2E5B" w:rsidRPr="009D6788" w:rsidRDefault="001B2E5B" w:rsidP="009D6788">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+          <w:p w14:paraId="0B64C0D7" w14:textId="6D5BDBD5" w:rsidR="007F5376" w:rsidRPr="0051703A" w:rsidRDefault="007F5376" w:rsidP="009D6788">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051703A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B - </w:t>
+            </w:r>
+            <w:r w:rsidR="00781866" w:rsidRPr="0051703A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9E6DFA" w14:textId="7399D59C" w:rsidR="007F5376" w:rsidRPr="0051703A" w:rsidRDefault="007F5376" w:rsidP="009D6788">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051703A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>A - 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+            <w:tcW w:w="779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C9A832" w14:textId="009AD3C6" w:rsidR="007F5376" w:rsidRPr="0051703A" w:rsidRDefault="00781866" w:rsidP="009D6788">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051703A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>B - 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="780" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA8C6E9" w14:textId="3A738428" w:rsidR="007F5376" w:rsidRPr="0051703A" w:rsidRDefault="007F5376" w:rsidP="009D6788">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0051703A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>A - 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11E389F4" w14:textId="77777777" w:rsidR="001B2E5B" w:rsidRPr="009D6788" w:rsidRDefault="001B2E5B" w:rsidP="009D6788">
+          <w:p w14:paraId="11E389F4" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Privaloma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="29741599" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="29741599" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B89EDAF" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1140,89 +1385,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Fizinis ugdymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7825F58D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="634A23B2" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -1253,51 +1499,51 @@
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Privaloma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="20C96FFC" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="20C96FFC" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656D632D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1337,90 +1583,91 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Dorinis ugdymas (etika)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C265154" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="050AB785" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -1550,156 +1797,155 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Dorinis ugdymas (tikyba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36148835" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CBA2C93" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D4CDCA5" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="2E070E1C" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="2E070E1C" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B93B96D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -1738,90 +1984,91 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Užsienio kalba (anglų) B2 / B2+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AD2255D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AF03827" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -1852,51 +2099,51 @@
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Privaloma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="65C4991C" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="65C4991C" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FB50A08" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
@@ -1936,89 +2183,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Biologija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C611B37" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="445DFCC6" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -2075,51 +2323,51 @@
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1 dalykas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="261BC083" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="261BC083" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4232BD42" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2147,89 +2395,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Chemija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46632002" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63CFD51A" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -2250,51 +2499,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="372F2142" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="11130245" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="11130245" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11B52BC6" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2322,89 +2571,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Fizika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F95F917" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3781DA5F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -2425,51 +2675,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA34176" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="4F06BDDD" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="4F06BDDD" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="214ABF99" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2497,89 +2747,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Informatika*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1931303B" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F13FCF0" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -2600,51 +2851,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CDB2AD4" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="491D6580" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="491D6580" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50AE9FA0" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -2694,89 +2945,90 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>tyrybos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>, programavimo ir saugaus elgesio pradmenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5545692F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62E11D2B" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -2797,51 +3049,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7128E671" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="0042E26D" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="0042E26D" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="115"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07CBC16F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
@@ -2881,89 +3133,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Istorija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D3BF95F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60DAA832" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -3020,51 +3273,51 @@
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1 dalykas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="09474D5F" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="09474D5F" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="20F52E3D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -3092,89 +3345,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Geografija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A5ACDE2" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38995881" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -3195,51 +3449,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DE51AF0" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="027CDBE6" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="027CDBE6" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0F6FE372" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -3267,89 +3521,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Ekonomika ir verslumas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="791DA89B" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01DA418A" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -3370,51 +3625,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D110F18" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="108F8425" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="108F8425" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B0CB850" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -3442,89 +3697,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Filosofija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73CF18A9" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AF20568" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -3545,51 +3801,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61C653F3" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="49D6AC8D" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="49D6AC8D" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CCD445F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
@@ -3628,89 +3884,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Dailė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33F466FC" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="421FB14E" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -3767,51 +4024,51 @@
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1 dalykas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="1113287C" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="1113287C" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BA685BF" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
@@ -3840,89 +4097,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Muzika</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3447EB02" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460F76A8" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -3942,51 +4200,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A47D715" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="12FBC49D" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="12FBC49D" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2704C715" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
@@ -4015,89 +4273,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Šokis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71E115DC" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="631084BE" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -4117,51 +4376,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0BC1558D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="41299577" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="41299577" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FB26BF6" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
@@ -4190,89 +4449,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Medijų menas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11E6F873" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64D61543" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -4292,51 +4552,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="03FAA21B" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="25D1A8E8" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="25D1A8E8" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7357BDC9" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
@@ -4365,89 +4625,90 @@
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Taikomosios technologijos (tekstilė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36B547D6" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6391AA37" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -4467,1199 +4728,1380 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="663BF923" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="366AD7BA" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="1DD73EC1" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7749830D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="3A19468A" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A358175" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="0F70D1BB" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Taikomosios technologijos </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51B44988" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="76B3FDB0" w14:textId="762AB445" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(technologijos ir dizainas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-          <w:p w14:paraId="0C75D30E" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="721835CE" w14:textId="5F52A3E4" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="1F2E821A" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25D51D31" w14:textId="0066402B" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5641D3E5" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="7BCDB64A" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="4F3916C4" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="366AD7BA" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...35 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7749830D" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05A2CCD9" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
-[...22 lines deleted...]
-              <w:t>Astronomija</w:t>
+          <w:p w14:paraId="51B44988" w14:textId="6021F788" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Teatras</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...31 lines deleted...]
-              <w:t>1</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C75D30E" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...30 lines deleted...]
-              <w:t>1</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2E821A" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5641D3E5" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="4FFE9D46" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="4F3916C4" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE2C4C0" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:strike/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Laisvai pasirenkamasis dalykas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A2CCD9" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:strike/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Astronomija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5199652A" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CAEF47" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1139" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:textDirection w:val="btLr"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="784A234C" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:left="113" w:right="113" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>Neprivaloma</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="4FFE9D46" w14:textId="77777777" w:rsidTr="00466314">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2B364B" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="5C2B364B" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00CEB3F7" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+          <w:p w14:paraId="00CEB3F7" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Geografinės informacinės sistemos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DAC09B" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="271BC4CA" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="6F594D7D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="6F594D7D" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="40768CEB" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="40768CEB" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="234"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="75E45507" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="75E45507" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="539EDC23" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+          <w:p w14:paraId="539EDC23" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Nacionalinis saugumas ir krašto gynyba </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10700874" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35010689" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="000C6F50" w:rsidRDefault="007F5376" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6F50">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="036478AF" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="036478AF" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="3AC466BC" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="3AC466BC" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="234"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1F08E7D1" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="1F08E7D1" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33B20B9A" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="33B20B9A" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Užsienio kalba (prancūzų) B1 / B2 / B2+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-          <w:p w14:paraId="5073E225" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5073E225" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2 / 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="08B77F0F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B77F0F" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2 / 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="02921F38" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="02921F38" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="5EAA2598" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="5EAA2598" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA60767" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="1BA60767" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B76C160" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="4B76C160" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Užsienio kalba (vokiečių) B1 / B2 / B2 +</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-          <w:p w14:paraId="25E55A3E" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25E55A3E" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2 / 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...7 lines deleted...]
-          <w:p w14:paraId="6AC3B23F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC3B23F" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>2 / 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w14:paraId="7099FDCA" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="7099FDCA" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="02E5A558" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="02E5A558" w14:textId="77777777" w:rsidTr="009D6788">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="407111C2" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="407111C2" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Dalyko modulis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4CC31BA3" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC31BA3" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:strike/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Užsienio kalbos (anglų) akademinių gebėjimų ugdymas(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
@@ -5678,1036 +6120,1082 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>) rengiantis studijoms (rašymas) (B2 / B+)</w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> (36 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="74082616" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74082616" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="77AA0D14" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77AA0D14" w14:textId="1675676E" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="00780991" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:strike/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:strike/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51C4B878" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="51C4B878" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:left="113" w:right="113" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="279945BB" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="007F5376" w:rsidRPr="009D6788" w14:paraId="279945BB" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3F04DAF7" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="3F04DAF7" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3850FFD6" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3850FFD6" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Biologijos tiriamosios veiklos duomenų apdorojimo metodikos </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(36 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="167397E0" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="167397E0" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B962BC3" w14:textId="003F471A" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="00780991" w:rsidP="007F5376">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B19CB4D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="7B19CB4D" w14:textId="77777777" w:rsidR="007F5376" w:rsidRPr="009D6788" w:rsidRDefault="007F5376" w:rsidP="007F5376">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="204C7972" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="00F448BF" w:rsidRPr="009D6788" w14:paraId="01A9B194" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3E14DB0B" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="351784F6" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...24 lines deleted...]
-              <w:t>Pagrindinės fizikos sąvokos, dėsniai ir jų taikymas (36 val.)</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6254B29F" w14:textId="4812906B" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biologijos struktūrinių užduočių sprendimas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(34 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-                <w:b/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6655751F" w14:textId="0B3B2693" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="777B0DA9" w14:textId="774396BD" w:rsidR="00F448BF" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-          </w:p>
-[...27 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45D89156" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="46C7FFB6" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="4047BDDA" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="00F448BF" w:rsidRPr="009D6788" w14:paraId="204C7972" w14:textId="77777777" w:rsidTr="009D6788">
         <w:trPr>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="30DBBECA" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="3E14DB0B" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...24 lines deleted...]
-              <w:t>Puslaidininkiai ir elektronika (34 val.)</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4124131B" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pagrindinės fizikos sąvokos, dėsniai ir jų taikymas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>(36 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFDD20B" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...26 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="676FC4AA" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B2E0A23" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="45D89156" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="75BEA6E8" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="00F448BF" w:rsidRPr="009D6788" w14:paraId="4047BDDA" w14:textId="77777777" w:rsidTr="009D6788">
         <w:trPr>
           <w:trHeight w:val="258"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="1B4B2592" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="30DBBECA" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...28 lines deleted...]
-            <w:r w:rsidRPr="009D6788">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="793323F2" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Puslaidininkiai ir elektronika </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A01788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
-                <w:color w:val="000000"/>
+                <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(34 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...22 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F6EF94" w14:textId="4B3DA1CF" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...22 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5151D390" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:kern w:val="0"/>
+                <w:sz w:val="22"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D6788">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58DB7259" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="4B2E0A23" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="6D5770CC" w14:textId="77777777" w:rsidTr="009D6788">
+      <w:tr w:rsidR="00F448BF" w:rsidRPr="009D6788" w14:paraId="6D5770CC" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2E1605AC" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="2E1605AC" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1DE466D6" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE466D6" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Istorijos šaltinių nagrinėjimas </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(70 val.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-          <w:p w14:paraId="5E49E0EE" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E49E0EE" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...8 lines deleted...]
-          <w:p w14:paraId="5346E559" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5346E559" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61D96DD5" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="61D96DD5" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="2C28C00E" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="00F448BF" w:rsidRPr="009D6788" w14:paraId="2C28C00E" w14:textId="77777777" w:rsidTr="00466314">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4E8F3BF1" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          </w:tcPr>
+          <w:p w14:paraId="4E8F3BF1" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Iš viso valandų per savaitę </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
@@ -6741,318 +7229,320 @@
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> val</w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...12 lines deleted...]
-              <w:ind w:firstLine="0"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67FB73E0" w14:textId="77B73A1F" w:rsidR="00F448BF" w:rsidRPr="00B263EB" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
-            <w:tcBorders>
-[...12 lines deleted...]
-              <w:ind w:firstLine="0"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="349944B9" w14:textId="55D8C2D5" w:rsidR="00F448BF" w:rsidRPr="00B263EB" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="142"/>
+              </w:tabs>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76EE39B5" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="76EE39B5" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="732E05C4" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="00F448BF" w:rsidRPr="009D6788" w14:paraId="732E05C4" w14:textId="77777777" w:rsidTr="00297315">
         <w:trPr>
           <w:trHeight w:val="50"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="325C90C2" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="325C90C2" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Socialinė - pilietinė veikla </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>(ilgalaikė)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="242A3ABE" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="242A3ABE" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>ne mažiau kaip 70 valandų</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1139" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="031C63D1" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="031C63D1" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Privaloma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="7FDE4340" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="00F448BF" w:rsidRPr="009D6788" w14:paraId="7FDE4340" w14:textId="77777777" w:rsidTr="00297315">
         <w:trPr>
           <w:trHeight w:val="31"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5382" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47A01CED" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+          <w:p w14:paraId="47A01CED" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Neformalusis vaikų švietimas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4257" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="64829014" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64829014" w14:textId="77777777" w:rsidR="00F448BF" w:rsidRPr="009D6788" w:rsidRDefault="00F448BF" w:rsidP="00F448BF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="142"/>
               </w:tabs>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
               <w:t>Renkamasi iš gimnazijos siūlomų</w:t>
             </w:r>
           </w:p>
@@ -7111,63 +7601,76 @@
         </w:rPr>
         <w:t>rybos</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>, programavimo ir saugaus elgesio pradmenų</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> modulis privalomas III ir IV gimnazijos klasėje, jei mokinys pasirinko mokytis informatiką.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A73AD2C" w14:textId="77777777" w:rsidR="00B36BBB" w:rsidRDefault="00B36BBB" w:rsidP="00B263EB">
+    <w:p w14:paraId="6A73AD2C" w14:textId="77777777" w:rsidR="00B36BBB" w:rsidRPr="00375EE1" w:rsidRDefault="00B36BBB" w:rsidP="00B263EB">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:bCs/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="631DE2B0" w14:textId="169843F4" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="4E5675DE" w14:textId="77777777" w:rsidR="00D361B3" w:rsidRDefault="00D361B3" w:rsidP="009D6788">
+      <w:pPr>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="0"/>
+          <w:szCs w:val="24"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="631DE2B0" w14:textId="109C1175" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:szCs w:val="24"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>INDIVIDUALAUS UGDYMO PLANO KEITIMO REIKALAVIMAI</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C8E6E01" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:ind w:firstLine="567"/>
@@ -7265,61 +7768,61 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>kurių organizuojami valstybiniai brandos egzaminai:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C2FD75" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="71"/>
         <w:gridCol w:w="2339"/>
-        <w:gridCol w:w="2403"/>
+        <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="7FB3186C" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="7FB3186C" w14:textId="77777777" w:rsidTr="00375EE1">
         <w:trPr>
           <w:trHeight w:val="187"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38823876" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Prašymo pateikimo data</w:t>
@@ -7357,102 +7860,102 @@
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47197085" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Leidžiama keisti nuo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35FE814C" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>VBE I dalis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="2D5B0D32" w14:textId="77777777" w:rsidTr="00297315">
-[...2 lines deleted...]
-            <w:tcW w:w="9628" w:type="dxa"/>
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="2D5B0D32" w14:textId="77777777" w:rsidTr="00375EE1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14BCE2F2" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>III gimnazijos klasėje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="6442F25C" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="6442F25C" w14:textId="77777777" w:rsidTr="00375EE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1916023F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Iki spalio 15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
@@ -7478,89 +7981,89 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B452733" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>nuo lapkričio 1 dienos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16FDA0AD" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalyvaujama einamaisiais mokslo metais – </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B09DBD3" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>III gimnazijos klasėje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="2C2F22EE" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="2C2F22EE" w14:textId="77777777" w:rsidTr="00375EE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7758A2EA" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Iki gruodžio 15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
@@ -7586,92 +8089,92 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C2077F5" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>nuo antro pusmečio pradžios, bet ne vėliau, kaip nuo vasario 1 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24A6C062" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="071C07CD" w14:textId="77777777" w:rsidTr="00297315">
-[...2 lines deleted...]
-            <w:tcW w:w="9628" w:type="dxa"/>
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="071C07CD" w14:textId="77777777" w:rsidTr="00375EE1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="275BC833" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>IV gimnazijos klasėje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="6A82E88E" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="6A82E88E" w14:textId="77777777" w:rsidTr="00375EE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5963EA96" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Likus ne mažiau kaip 6 savaitėms iki III G klasės antro pusmečio pabaigos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
@@ -7697,89 +8200,89 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8D98B5" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>nuo rugsėjo 1 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C2834E3" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalyvaujama einamaisiais mokslo metais – </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D81E034" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>IV gimnazijos klasėje</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="0C08654F" w14:textId="77777777" w:rsidTr="00297315">
+      <w:tr w:rsidR="009D6788" w:rsidRPr="009D6788" w14:paraId="0C08654F" w14:textId="77777777" w:rsidTr="00375EE1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B207C3C" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Iki spalio 15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
@@ -7805,79 +8308,79 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2339" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18799F04" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6788">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Nuo lapkričio 15 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2403" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CD615A0" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3923346F" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="169F4AA9" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="169F4AA9" w14:textId="74EF7421" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2. jei pageidauja </w:t>
       </w:r>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
@@ -8095,88 +8598,102 @@
     </w:p>
     <w:p w14:paraId="195ED8A9" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>8. Jei direktoriaus įsakymu leidžiama keisti individualų ugdymo planą, dalyko mokytojas įrašo įskaitos įvertinimą elektroniniame dienyne.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66AA94AC" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="66AA94AC" w14:textId="77777777" w:rsidR="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39167D0D" w14:textId="00FA1F88" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="543A6F3E" w14:textId="77777777" w:rsidR="000D08EA" w:rsidRPr="009D6788" w:rsidRDefault="000D08EA" w:rsidP="009D6788">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="ar-SA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39167D0D" w14:textId="439A5E67" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve">Individualus ugdymo planas  a t i t i n k a  reikalavimus. Su individualaus ugdymo plano keitimo </w:t>
+        <w:t xml:space="preserve">Su individualaus ugdymo plano keitimo </w:t>
       </w:r>
       <w:r w:rsidR="00B36BBB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>reikalavimais</w:t>
       </w:r>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">  s u s i p a ž i n a u:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EC82B26" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
@@ -8199,71 +8716,91 @@
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46C66C22" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="452F3B3A" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="00B36BBB" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="452F3B3A" w14:textId="446795A5" w:rsidR="009D6788" w:rsidRPr="00B36BBB" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B36BBB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
-        <w:t>Mokinys  _______________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">Mokinys  </w:t>
+      </w:r>
+      <w:r w:rsidR="00375EE1">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="ar-SA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B36BBB">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:lang w:eastAsia="ar-SA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="400008F8" w14:textId="03E12F4D" w:rsidR="009D6788" w:rsidRPr="00B36BBB" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B36BBB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
@@ -8393,54 +8930,53 @@
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C379F0D" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CDD5A36" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
+    <w:p w14:paraId="4CDD5A36" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="000D08EA">
       <w:pPr>
         <w:suppressAutoHyphens/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D6788">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Individualus ugdymo planas  a t i t i n k a  reikalavimus:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62DAB510" w14:textId="77777777" w:rsidR="009D6788" w:rsidRPr="009D6788" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
@@ -8480,193 +9016,236 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50A27489" w14:textId="6DF766ED" w:rsidR="009D6788" w:rsidRPr="00B36BBB" w:rsidRDefault="009D6788" w:rsidP="009D6788">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B36BBB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>Ugdymo skyriaus vedėjas   _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B61C9E8" w14:textId="600D9E32" w:rsidR="00977D11" w:rsidRPr="00B263EB" w:rsidRDefault="009D6788" w:rsidP="00B263EB">
+    <w:p w14:paraId="1B61C9E8" w14:textId="600D9E32" w:rsidR="00977D11" w:rsidRDefault="009D6788" w:rsidP="00B263EB">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B36BBB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">            (vardas</w:t>
       </w:r>
       <w:r w:rsidR="00B36BBB" w:rsidRPr="00B36BBB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00B36BBB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="ar-SA"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> pavardė, parašas)</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00977D11" w:rsidRPr="00B263EB" w:rsidSect="00B263EB">
+    <w:p w14:paraId="1431CF2D" w14:textId="77777777" w:rsidR="00E93CD0" w:rsidRDefault="00E93CD0" w:rsidP="00B263EB">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ar-SA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66A61C2D" w14:textId="77777777" w:rsidR="00E93CD0" w:rsidRDefault="00E93CD0" w:rsidP="00B263EB">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ar-SA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A1F087E" w14:textId="77777777" w:rsidR="00E93CD0" w:rsidRPr="00B263EB" w:rsidRDefault="00E93CD0" w:rsidP="00B263EB">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="ar-SA"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E93CD0" w:rsidRPr="00B263EB" w:rsidSect="00AC5DEF">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="567" w:bottom="851" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05CD148C" w14:textId="77777777" w:rsidR="00ED11EF" w:rsidRDefault="00ED11EF" w:rsidP="00ED11EF">
+    <w:p w14:paraId="64F70D56" w14:textId="77777777" w:rsidR="008D0EC2" w:rsidRDefault="008D0EC2" w:rsidP="00ED11EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B546330" w14:textId="77777777" w:rsidR="00ED11EF" w:rsidRDefault="00ED11EF" w:rsidP="00ED11EF">
+    <w:p w14:paraId="2673ADFD" w14:textId="77777777" w:rsidR="008D0EC2" w:rsidRDefault="008D0EC2" w:rsidP="00ED11EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B7FBBC5" w14:textId="77777777" w:rsidR="00ED11EF" w:rsidRDefault="00ED11EF" w:rsidP="00ED11EF">
+    <w:p w14:paraId="55583995" w14:textId="77777777" w:rsidR="008D0EC2" w:rsidRDefault="008D0EC2" w:rsidP="00ED11EF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5742404B" w14:textId="77777777" w:rsidR="00ED11EF" w:rsidRDefault="00ED11EF" w:rsidP="00ED11EF">
+    <w:p w14:paraId="5DD2954E" w14:textId="77777777" w:rsidR="008D0EC2" w:rsidRDefault="008D0EC2" w:rsidP="00ED11EF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5B735C26" w14:textId="0FC81319" w:rsidR="00ED11EF" w:rsidRDefault="00ED11EF" w:rsidP="00B36BBB">
     <w:pPr>
       <w:pStyle w:val="Antrats"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11A92DFD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FF9CAFB0"/>
     <w:lvl w:ilvl="0" w:tplc="673621CC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1931" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8712,219 +9291,259 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="842814552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006931F9"/>
     <w:rsid w:val="00045D50"/>
+    <w:rsid w:val="000663A8"/>
+    <w:rsid w:val="000C6F50"/>
+    <w:rsid w:val="000D08EA"/>
+    <w:rsid w:val="000E4349"/>
     <w:rsid w:val="00151AB4"/>
     <w:rsid w:val="001B2E5B"/>
     <w:rsid w:val="001C64AE"/>
     <w:rsid w:val="0020601E"/>
     <w:rsid w:val="002110D4"/>
     <w:rsid w:val="00232A93"/>
     <w:rsid w:val="00237FAF"/>
     <w:rsid w:val="00250D1D"/>
+    <w:rsid w:val="00261103"/>
     <w:rsid w:val="00291B22"/>
     <w:rsid w:val="002A4C72"/>
     <w:rsid w:val="002D0010"/>
+    <w:rsid w:val="00317CC5"/>
+    <w:rsid w:val="00375EE1"/>
     <w:rsid w:val="00386E81"/>
     <w:rsid w:val="00410E8E"/>
+    <w:rsid w:val="0042222F"/>
     <w:rsid w:val="004353A4"/>
+    <w:rsid w:val="00466314"/>
+    <w:rsid w:val="004728F0"/>
+    <w:rsid w:val="005123CF"/>
+    <w:rsid w:val="0051703A"/>
     <w:rsid w:val="00544AF7"/>
+    <w:rsid w:val="00546B00"/>
     <w:rsid w:val="00595B24"/>
     <w:rsid w:val="005A3DCB"/>
     <w:rsid w:val="005B655C"/>
+    <w:rsid w:val="005C64D2"/>
     <w:rsid w:val="005E0521"/>
     <w:rsid w:val="005E4689"/>
     <w:rsid w:val="005E595F"/>
+    <w:rsid w:val="005F6963"/>
     <w:rsid w:val="0065036F"/>
+    <w:rsid w:val="00675A1F"/>
+    <w:rsid w:val="00687C95"/>
     <w:rsid w:val="006931F9"/>
     <w:rsid w:val="006E0E0A"/>
     <w:rsid w:val="00727EB9"/>
     <w:rsid w:val="00747172"/>
     <w:rsid w:val="0075120F"/>
+    <w:rsid w:val="00762886"/>
+    <w:rsid w:val="00780991"/>
+    <w:rsid w:val="00781866"/>
     <w:rsid w:val="007925ED"/>
     <w:rsid w:val="007976AA"/>
     <w:rsid w:val="007A0951"/>
     <w:rsid w:val="007C2333"/>
+    <w:rsid w:val="007C723C"/>
+    <w:rsid w:val="007F5376"/>
     <w:rsid w:val="00880C58"/>
+    <w:rsid w:val="008B0CEA"/>
     <w:rsid w:val="008B2AA3"/>
+    <w:rsid w:val="008D0EC2"/>
     <w:rsid w:val="008F0CF5"/>
     <w:rsid w:val="008F35C6"/>
     <w:rsid w:val="00942880"/>
     <w:rsid w:val="009542BD"/>
     <w:rsid w:val="00970268"/>
     <w:rsid w:val="00977D11"/>
     <w:rsid w:val="00986205"/>
     <w:rsid w:val="0098738B"/>
     <w:rsid w:val="00993884"/>
     <w:rsid w:val="009A13E9"/>
+    <w:rsid w:val="009C4908"/>
     <w:rsid w:val="009D049D"/>
     <w:rsid w:val="009D414F"/>
     <w:rsid w:val="009D6788"/>
     <w:rsid w:val="009E2809"/>
     <w:rsid w:val="009E33BE"/>
     <w:rsid w:val="009F2CFC"/>
+    <w:rsid w:val="00A01788"/>
     <w:rsid w:val="00A02FE8"/>
     <w:rsid w:val="00A046EA"/>
     <w:rsid w:val="00A074A1"/>
     <w:rsid w:val="00A260B6"/>
     <w:rsid w:val="00A45611"/>
     <w:rsid w:val="00A512F8"/>
+    <w:rsid w:val="00A72D39"/>
     <w:rsid w:val="00A75080"/>
+    <w:rsid w:val="00AC5DEF"/>
     <w:rsid w:val="00AF45BB"/>
     <w:rsid w:val="00B13C6E"/>
     <w:rsid w:val="00B263EB"/>
     <w:rsid w:val="00B36BBB"/>
     <w:rsid w:val="00B6572D"/>
     <w:rsid w:val="00B66648"/>
+    <w:rsid w:val="00B94F45"/>
     <w:rsid w:val="00BD1948"/>
+    <w:rsid w:val="00BD6E83"/>
+    <w:rsid w:val="00BF7470"/>
+    <w:rsid w:val="00C053CE"/>
     <w:rsid w:val="00C057B3"/>
+    <w:rsid w:val="00C6007E"/>
     <w:rsid w:val="00CA0690"/>
     <w:rsid w:val="00CD46B8"/>
+    <w:rsid w:val="00D361B3"/>
+    <w:rsid w:val="00D666CB"/>
     <w:rsid w:val="00E24C3F"/>
     <w:rsid w:val="00E43927"/>
     <w:rsid w:val="00E453E4"/>
     <w:rsid w:val="00E734EF"/>
     <w:rsid w:val="00E877BA"/>
+    <w:rsid w:val="00E93CD0"/>
     <w:rsid w:val="00EA4902"/>
     <w:rsid w:val="00EB5154"/>
     <w:rsid w:val="00EB750D"/>
     <w:rsid w:val="00ED11EF"/>
     <w:rsid w:val="00ED4CB8"/>
     <w:rsid w:val="00EE09CD"/>
+    <w:rsid w:val="00F03D57"/>
     <w:rsid w:val="00F13A8F"/>
     <w:rsid w:val="00F23608"/>
+    <w:rsid w:val="00F321A8"/>
     <w:rsid w:val="00F33845"/>
     <w:rsid w:val="00F3413D"/>
+    <w:rsid w:val="00F448BF"/>
+    <w:rsid w:val="00FF4E23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="672FDF8B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9D253938-CEC4-46F2-990D-9903583E35D0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="851"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9256,50 +9875,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006931F9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
@@ -9843,52 +10463,53 @@
   <w:style w:type="paragraph" w:styleId="Porat">
     <w:name w:val="footer"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED11EF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00ED11EF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -10165,67 +10786,71 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="3744992c-18ee-4c57-9d19-c6fc20057ef8" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokumentas" ma:contentTypeID="0x010100213E89A05EBF9D4998EF9970EA62EB95" ma:contentTypeVersion="16" ma:contentTypeDescription="Kurkite naują dokumentą." ma:contentTypeScope="" ma:versionID="96ee4485a75824dcd1ed201a61ce427c">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="3744992c-18ee-4c57-9d19-c6fc20057ef8" xmlns:ns4="2f7efd56-5fc3-4a3a-bfba-4be4b7d36c88" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="262559b5fe45ca4fe2497df1d7e74c46" ns3:_="" ns4:_="">
     <xsd:import namespace="3744992c-18ee-4c57-9d19-c6fc20057ef8"/>
     <xsd:import namespace="2f7efd56-5fc3-4a3a-bfba-4be4b7d36c88"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
@@ -10420,136 +11045,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A76887A5-7A71-4319-A5DC-C4A068A348A9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{864ADCF1-1B94-484C-8442-AF93EBA2EA99}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A76887A5-7A71-4319-A5DC-C4A068A348A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3744992c-18ee-4c57-9d19-c6fc20057ef8"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF67BDC0-B844-4B41-808F-9C3147D3D2F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ECB27876-24D5-481C-8152-2A28021483E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="3744992c-18ee-4c57-9d19-c6fc20057ef8"/>
     <ds:schemaRef ds:uri="2f7efd56-5fc3-4a3a-bfba-4be4b7d36c88"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3242</Words>
-  <Characters>1848</Characters>
+  <Words>756</Words>
+  <Characters>4313</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>35</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Vilniaus Antakalnio gimnazija</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5080</CharactersWithSpaces>
+  <CharactersWithSpaces>5059</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rima Kuncevičienė</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100213E89A05EBF9D4998EF9970EA62EB95</vt:lpwstr>